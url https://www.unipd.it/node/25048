--- v0 (2025-11-18)
+++ v1 (2025-12-11)
@@ -1,5443 +1,5452 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default ContentType="application/xml" Extension="xml"/>
-[...14 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-          <w:color w:val="c00000"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="C00000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-          <w:color w:val="c00000"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="C00000"/>
           <w:u w:val="single"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">NOTE PER UNA CORRETTA COMPILAZIONE </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-          <w:color w:val="c00000"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="C00000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-          <w:color w:val="c00000"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="C00000"/>
           <w:u w:val="single"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
+        </w:rPr>
+        <w:t>DELLA PROPOSTA DELLE ATTIVITA’ DIDATTICHE DA FARE ALL’ESTERO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-          <w:color w:val="c00000"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="C00000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Si ricorda che è obbligatorio allegare alla domanda Erasmus+ Studio/SEMP la proposta delle attività didattiche che si intende svolgere all’estero.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...16 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>ALLEGATO 1:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">In caso si voglia fare </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...10 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>solo esami</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> è sufficiente compilare </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...29 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>l’allegato 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> indicando i corsi che si intende seguire con il titolo originale in lingua straniera così come indicato nel catalogo dei corsi della sede estera (in lingua inglese per le d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">estinazioni di lingua minoritaria). La proposta dovrebbe contenere almeno 12 crediti (come previsto da bando). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Questa parte dell’allegato NON deve essere firmata da nessun docente. Nel caso sia possibile indicare più destinazioni è necessario indicare di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">verse proposte di attività da fare presso le diverse sedi estere in base all’ordine delle preferenze indicate in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Uniweb</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...11 lines deleted...]
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Per la compilazione fare riferimento all’offerta didattica (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>course</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>catalogue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>) disponibile per gli studenti in scambio tramite l’accordo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> con l’università straniera prescelta. Si consiglia sempre prima di verificare le informazioni disponibili (ed eventuali link) sul portale delle destinazioni: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-            <w:color w:val="0000ff"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
-            <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t xml:space="preserve">www.unipd.it/mobility-agreements</w:t>
+          <w:t>www.unipd.it/mobility-agreements</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>ALLEGATO 1a:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">In caso si voglia fare </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...10 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>solo attività relativa alla preparazione della tesi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> è sufficiente compilare </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...36 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>l’allegato 1a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, questo allegato deve essere firmato o dal docente relatore di Padova o dal responsabile di flusso o, per gli studenti della Scuol</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a di Agraria e Medicina Veterinaria, dal Presidente del Corso di Studio o suo delegato. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Per i dottorandi la firma deve essere apposta dal supervisore del dottorando. In caso si scelgano due/tre destinazioni e il docente che firma è il medesimo sarà necess</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ario indicare tutte le sedi nello stesso modulo, se invece il docente che firma è diverso per le varie destinazioni si devono compilare più moduli. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">L’ allegato 1a, come il resto della documentazione, deve essere caricato in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Uniweb</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sempre in formato PDF e </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vengono ritenute valide anche le firme digitali. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...13 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ATTENZIONE:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> La possibilità di svolgere l’attività di ricerca tesi all’interno del programma Erasmus+ studio /SEMP è sempre subordinata all’approvazione della sede partner e </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...10 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>non viene garantita</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>INDICAZIO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>NI GENERALI:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Il documento è da compilare in </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...10 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>formato elettronico</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> e pertanto il numero di righe in tabella è modificabile. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Si prega infine di seguire le apposite istruzioni per la corretta conversione in formato PDF dei documenti che vanno allegati alla do</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>manda. Si richiede che i link siano attivi e consultabili.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:footnoteReference w:customMarkFollows="0" w:id="0"/>
-[...4 lines deleted...]
-          <w:rtl w:val="0"/>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Nel caso si voglia fare </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...39 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>attività di tirocinio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> è obbligatorio prevedere anche attività di studio (frequenza di corsi, seminari, esami, tesi) ed è necessario compilare </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>l’allegato 1 e l’allegato 1a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Per gli studenti di infermieristica è sufficiente inserire l’attività di tirocinio nell’allegato 1. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Nel caso si intenda svolgere </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...10 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>attività con esami e anche preparazione della tesi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> è necessario compilare sia </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...15 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>l’allegato 1 che l’allegato 1a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...13 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Si ricorda che la proposta delle attività didattiche dell’allegato 1 è valida solo ai fini della presentazione della domanda e può essere successivamente soggetta a modifiche,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...7 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>in caso di vincita è necessario compilare il Learning Agreement indicando le att</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ività che si intendono svolgere all’estero.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1229"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
-          <w:rtl w:val="0"/>
-[...6 lines deleted...]
-          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ALLEGATO </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...10 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>PROPOSTA</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...13 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ELENCO ATTIVITA’ DIDATTICA DA FARE ALL’ESTERO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:spacing w:after="60" w:before="60" w:lineRule="auto"/>
+        <w:spacing w:before="60" w:after="60"/>
         <w:ind w:right="-1229"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1229"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Elenco delle attività didattiche che si intendono seguire all’estero nell’A.A. </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t>2026/2027</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1229"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1229"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Cognome ___________________________Nome______________________ N. matricola___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
-          <w:top w:color="000000" w:space="1" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-          <w:right w:color="000000" w:space="4" w:sz="4" w:val="single"/>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-427"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">SOLO chi è iscritto all’ultimo anno della laurea triennale e intende svolgere all’estero il primo anno della magistrale deve dichiarare </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>che :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
-          <w:top w:color="000000" w:space="1" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-          <w:right w:color="000000" w:space="4" w:sz="4" w:val="single"/>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-427"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>nell'A.A. 2026/2027</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> intende </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>iscriversi al Corso di laurea magistrale in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> _______________________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
-          <w:top w:color="000000" w:space="1" w:sz="4" w:val="single"/>
-[...2 lines deleted...]
-          <w:right w:color="000000" w:space="4" w:sz="4" w:val="single"/>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-427"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1229"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...7 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Elenco delle attività didattiche che intende seguire presso la sede estera di 1° PREFERENZA </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-285"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...25 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(si ricorda che in caso di attività di tesi e/o tirocinio è necessario compilare l’allegato 1a)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-285"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
+        </w:rPr>
+        <w:t>Destinazione</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1229"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nome dell’Università </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...6 lines deleted...]
-          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">estera  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______________________  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Codice Erasmus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> _________________________   </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Table1"/>
-[...2 lines deleted...]
-        <w:tblInd w:w="108.0" w:type="dxa"/>
+        <w:tblStyle w:val="a"/>
+        <w:tblW w:w="10632" w:type="dxa"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...4 lines deleted...]
-          <w:insideV w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0400"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="4334"/>
         <w:gridCol w:w="1713"/>
         <w:gridCol w:w="3167"/>
-        <w:tblGridChange w:id="0">
-[...6 lines deleted...]
-        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr>
-[...8 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
+      <w:tr w:rsidR="00D503F4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-285"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Codice </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-285"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">(se presente)</w:t>
+              </w:rPr>
+              <w:t>(se presente)</w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...10 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4334" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-285"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Nome del corso </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-285"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">(nome originale in lingua straniera</w:t>
+              </w:rPr>
+              <w:t>(nome originale in lingua straniera</w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
-                <w:rtl w:val="0"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">)</w:t>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...8 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-285"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Crediti ECTS</w:t>
+              </w:rPr>
+              <w:t>Crediti ECTS</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-285"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">(se presenti)</w:t>
+              </w:rPr>
+              <w:t>(se presenti)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
+            <w:tcW w:w="3167" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-285"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Weblink</w:t>
+              </w:rPr>
+              <w:t>Weblink</w:t>
             </w:r>
-          </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-285"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">(pagina web dell’offerta didattica)</w:t>
+              </w:rPr>
+              <w:t>(pagina web dell’offerta didattica)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...95 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="00D503F4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4334" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3167" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...95 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="00D503F4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4334" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3167" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...95 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="00D503F4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4334" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3167" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...95 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="00D503F4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4334" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3167" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...95 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="00D503F4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4334" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3167" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-285"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1229"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Da compilare SOLO se è prevista la possibilità di scegliere 2 o 3 destinazioni:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1229"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...7 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Elenco delle attività didattiche che intende seguire presso la sede estera di 2° preferenza: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-285"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-285"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
+        </w:rPr>
+        <w:t>Destinazione</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1229"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nome dell’Università </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...6 lines deleted...]
-          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">estera  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______________________  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Codice Erasmus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> _________________________     </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Table2"/>
-[...2 lines deleted...]
-        <w:tblInd w:w="108.0" w:type="dxa"/>
+        <w:tblStyle w:val="a0"/>
+        <w:tblW w:w="10632" w:type="dxa"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...4 lines deleted...]
-          <w:insideV w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0400"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="4334"/>
         <w:gridCol w:w="1713"/>
         <w:gridCol w:w="3167"/>
-        <w:tblGridChange w:id="0">
-[...6 lines deleted...]
-        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr>
-[...8 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
+      <w:tr w:rsidR="00D503F4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-285"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Codice </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-285"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">(se presente)</w:t>
+              </w:rPr>
+              <w:t>(se presente)</w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...10 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4334" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-285"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Nome del corso </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-285"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">(nome originale in lingua straniera</w:t>
+              </w:rPr>
+              <w:t>(nome originale in lingua straniera</w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
-                <w:rtl w:val="0"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">)</w:t>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...8 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-285"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Crediti ECTS</w:t>
+              </w:rPr>
+              <w:t>Crediti ECTS</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-285"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">(se presenti)</w:t>
+              </w:rPr>
+              <w:t>(se presenti)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
+            <w:tcW w:w="3167" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-285"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Weblink</w:t>
+              </w:rPr>
+              <w:t>Weblink</w:t>
             </w:r>
-          </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-285"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">(pagina web dell’offerta didattica)</w:t>
+              </w:rPr>
+              <w:t>(pagina web dell’offerta didattica)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...95 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="00D503F4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4334" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3167" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...95 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="00D503F4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4334" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3167" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...95 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="00D503F4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4334" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3167" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...95 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="00D503F4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4334" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3167" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...95 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="00D503F4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4334" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3167" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:strike/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1229"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Elenco delle attività didattiche che intende seguire presso la sede estera di 3° preferenza:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-285"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
+        </w:rPr>
+        <w:t>Destinazione</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1229"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nome dell’Università </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...6 lines deleted...]
-          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">estera  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______________________  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Codice Erasmus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> _________________________     </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Table3"/>
-[...2 lines deleted...]
-        <w:tblInd w:w="108.0" w:type="dxa"/>
+        <w:tblStyle w:val="a1"/>
+        <w:tblW w:w="10632" w:type="dxa"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...4 lines deleted...]
-          <w:insideV w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0400"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="4334"/>
         <w:gridCol w:w="1713"/>
         <w:gridCol w:w="3167"/>
-        <w:tblGridChange w:id="0">
-[...6 lines deleted...]
-        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr>
-[...8 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
+      <w:tr w:rsidR="00D503F4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-285"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Codice </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-285"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">(se presente)</w:t>
+              </w:rPr>
+              <w:t>(se presente)</w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...10 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4334" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-285"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Nome del corso </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-285"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">(nome originale in lingua straniera</w:t>
+              </w:rPr>
+              <w:t>(nome originale in lingua straniera</w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
-                <w:rtl w:val="0"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">)</w:t>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...8 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-285"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Crediti ECTS</w:t>
+              </w:rPr>
+              <w:t>Crediti ECTS</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-285"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">(se presenti)</w:t>
+              </w:rPr>
+              <w:t>(se presenti)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
+            <w:tcW w:w="3167" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-285"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Weblink</w:t>
+              </w:rPr>
+              <w:t>Weblink</w:t>
             </w:r>
-          </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-285"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:rtl w:val="0"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">(pagina web dell’offerta didattica)</w:t>
+              </w:rPr>
+              <w:t>(pagina web dell’offerta didattica)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...95 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="00D503F4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4334" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3167" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...95 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="00D503F4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4334" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3167" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...95 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="00D503F4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4334" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3167" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...95 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="00D503F4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4334" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3167" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...95 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="00D503F4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4334" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3167" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-285"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008F">
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:leader="none" w:pos="1425"/>
+          <w:tab w:val="left" w:pos="1425"/>
         </w:tabs>
         <w:ind w:right="282"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000090">
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
       <w:pPr>
         <w:ind w:right="282"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000091">
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
       <w:pPr>
         <w:ind w:right="282"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000092">
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:ind w:right="282"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
           <w:u w:val="single"/>
-          <w:rtl w:val="0"/>
-[...6 lines deleted...]
-          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ALLEGATO 1</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
         </w:rPr>
         <w:t xml:space="preserve"> :</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000093">
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:ind w:right="282"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000094">
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ATTIVITA’ DI TESI DI LAUREA/DOTTORATO E/O TIROCINIO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="282" w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b w:val="1"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:b w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000095">
+        </w:rPr>
+        <w:t>Lettera del Relatore/Relatrice/Tutor/Supervisore di Tesi/Tirocinio</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="282"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:cs="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma"/>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Tahoma" w:cs="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:u w:val="single"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000096">
+        </w:rPr>
+        <w:t xml:space="preserve">Alla c.a. del Settore </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Mobility</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="282"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:cs="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000097">
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>Il/La sottoscritto/a Prof.  ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:leader="none" w:pos="2268"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:leader="none" w:pos="5529"/>
+          <w:tab w:val="left" w:pos="2268"/>
+          <w:tab w:val="left" w:pos="3686"/>
+          <w:tab w:val="left" w:pos="5529"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:cs="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000098">
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In qualità </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>di  :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:leader="none" w:pos="2268"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:leader="none" w:pos="5529"/>
+          <w:tab w:val="left" w:pos="2268"/>
+          <w:tab w:val="left" w:pos="3686"/>
+          <w:tab w:val="left" w:pos="5529"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:cs="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000099">
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_Relatore/Relatrice di Tesi             _Supervisore di Tirocinio   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:leader="none" w:pos="2268"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:leader="none" w:pos="5529"/>
+          <w:tab w:val="left" w:pos="2268"/>
+          <w:tab w:val="left" w:pos="3686"/>
+          <w:tab w:val="left" w:pos="5529"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:cs="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma"/>
-[...20 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_Responsabile di flusso (*)           </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">  _</w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...7 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009A">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Presidente del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>CdS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (**)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="282"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:cs="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009B">
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>valutata la</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> richiesta, approva la domanda dello studente/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>ssa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="282"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:cs="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma"/>
-[...21 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">per il posto di mobilità internazionale per il </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">programma  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Erasmus</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>+ Studio/SEMP (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve">anno accademico </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...8 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009C">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>2026/2027</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="282"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:cs="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009D">
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>per la/le sede/i _____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>____________________________________________________________ presso la quale intende svolgere tutto o parte del suo lavoro di ricerca/tesi/tirocinio sotto la mia supervisione.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="282"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:cs="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009E">
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>Il/La responsabile di flusso per tale sede è ___________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="282"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:cs="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009F">
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>Il/La Supervisor presso la sede estera sarà: ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="282"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:cs="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma"/>
-          <w:i w:val="1"/>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:i w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A0">
+        </w:rPr>
+        <w:t>(compilare solo se all’atto di compilazione della domanda si conosce il nome del tutor della sede estera**)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="282"/>
-        <w:rPr/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A1">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="282"/>
-        <w:rPr/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A2">
+      </w:pPr>
+      <w:r>
+        <w:t>Data___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="282"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:i w:val="1"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve">In fede, </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">_____</w:t>
-[...9 lines deleted...]
-          <w:i w:val="1"/>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r>
+        <w:t>__________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> firma del/della docente relatore/relatrice/supervisore</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A3">
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:left="4536" w:right="282" w:firstLine="420"/>
         <w:jc w:val="center"/>
-        <w:rPr/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A4">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:left="4536" w:right="282" w:firstLine="420"/>
         <w:jc w:val="center"/>
-        <w:rPr/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A5">
+      </w:pPr>
+      <w:r>
+        <w:t>_______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:ind w:left="0" w:right="282" w:firstLine="0"/>
+        <w:ind w:right="282"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:i w:val="1"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:i w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A6">
+        </w:rPr>
+        <w:t xml:space="preserve">firma del/della Responsabile di Flusso Erasmus o Presidente del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>CdS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (*)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:spacing w:after="20" w:before="20" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1229"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...15 lines deleted...]
-        <w:widowControl w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>--------</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
+      <w:pPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
-          <w:tab w:val="center" w:leader="none" w:pos="4819"/>
-          <w:tab w:val="right" w:leader="none" w:pos="9638"/>
+          <w:tab w:val="center" w:pos="4819"/>
+          <w:tab w:val="right" w:pos="9638"/>
         </w:tabs>
-        <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
-[...10 lines deleted...]
-          <w:strike w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...20 lines deleted...]
-          <w:strike w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(*) nel caso in cui </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...20 lines deleted...]
-        <w:widowControl w:val="1"/>
+        </w:rPr>
+        <w:t>NON  sia</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stato ancora definito il/la docente relatore/relatrice/supervisore la lettera può essere firmata dal/dalla docente responsabile di flusso, tranne per </w:t>
+      </w:r>
+      <w:r>
+        <w:t>studenti e studentesse della Scuola di Agraria e medicina veterinaria</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>. Questi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> studenti potranno </w:t>
+      </w:r>
+      <w:r>
+        <w:t>richiedere invece la firma del proprio Presidente di Corso di Studio o suo delegato.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
+      <w:pPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
-          <w:tab w:val="center" w:leader="none" w:pos="4819"/>
-          <w:tab w:val="right" w:leader="none" w:pos="9638"/>
+          <w:tab w:val="center" w:pos="4819"/>
+          <w:tab w:val="right" w:pos="9638"/>
         </w:tabs>
-        <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:strike w:val="0"/>
+        <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">(**) </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-          <w:strike w:val="0"/>
+      <w:r>
+        <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...11 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t>Il</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve">/la Supervisor estera andrà tassativamente individuato/a entro i termini di presentazione del Learning Agreement. </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...10 lines deleted...]
-        <w:widowControl w:val="1"/>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
+      <w:pPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
-          <w:tab w:val="center" w:leader="none" w:pos="4819"/>
-          <w:tab w:val="right" w:leader="none" w:pos="9638"/>
+          <w:tab w:val="center" w:pos="4819"/>
+          <w:tab w:val="right" w:pos="9638"/>
         </w:tabs>
-        <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-[...3 lines deleted...]
-          <w:strike w:val="0"/>
+          <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.gjdgxs" w:id="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>N.B.:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Questa lettera ha valore</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> solo ai fini della domanda di posto di mobilità internazionale Erasmus+ Studio/SEMP, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>a.a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>. 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>/202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-          <w:strike w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...14 lines deleted...]
-          <w:strike w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. In caso di assegnazione, al fine di avere il nulla osta alla partenza, lo studente deve presentare il Learning Agreement in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...14 lines deleted...]
-          <w:strike w:val="0"/>
+        </w:rPr>
+        <w:t>Uniweb</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...14 lines deleted...]
-          <w:strike w:val="0"/>
+        </w:rPr>
+        <w:t>. La possibilità di svol</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...14 lines deleted...]
-          <w:strike w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gere l’attività di ricerca tesi all’interno del programma Erasmus+ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...21 lines deleted...]
-          <w:strike w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tudio /SEMP è sempre subordinata all’approvazione della sede partner e non viene garantita. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4819"/>
+          <w:tab w:val="right" w:pos="9638"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...21 lines deleted...]
-          <w:strike w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_heading=h.gjdgxs" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="00D503F4">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4819"/>
+          <w:tab w:val="right" w:pos="9638"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_heading=h.i1drmahfbx57" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4819"/>
+          <w:tab w:val="right" w:pos="9638"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...21 lines deleted...]
-          <w:strike w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...22 lines deleted...]
-          <w:strike w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VERIFICARE SEMPRE le regole presenti nelle pagine </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">dei </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Mobility</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Desk</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...73 lines deleted...]
-          <w:strike w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> per le firme richieste per la sottoscrizione del lavoro di ricerca/tesi/tirocinio e i relati</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>vi criteri di selezione</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...78 lines deleted...]
-      <w:pgMar w:bottom="425" w:top="193" w:left="851" w:right="851" w:header="420" w:footer="164"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00D503F4">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="193" w:right="851" w:bottom="425" w:left="851" w:header="420" w:footer="164" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00000000" w:rsidRDefault="007169E7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00000000" w:rsidRDefault="007169E7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-[...3 lines deleted...]
-  <w:font w:name="Trebuchet MS"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Tahoma">
-    <w:embedRegular w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId1" w:subsetted="0"/>
-    <w:embedBold w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId2" w:subsetted="0"/>
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times-Roman">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Trebuchet MS">
+    <w:panose1 w:val="020B0603020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AE">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
     <w:pPr>
-      <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-      <w:widowControl w:val="1"/>
       <w:pBdr>
-        <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:space="0" w:sz="0" w:val="nil"/>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
       </w:pBdr>
-      <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
-        <w:tab w:val="center" w:leader="none" w:pos="4819"/>
-        <w:tab w:val="right" w:leader="none" w:pos="9638"/>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
-      <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
-      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
+        <w:i/>
         <w:color w:val="000000"/>
-        <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
+        <w:i/>
         <w:color w:val="000000"/>
-        <w:sz w:val="22"/>
-[...4 lines deleted...]
-        <w:rtl w:val="0"/>
       </w:rPr>
-      <w:t xml:space="preserve">Documento da allegare alla domanda in Uniweb esclusivamente in formato PDF</w:t>
+      <w:t xml:space="preserve">Documento da allegare alla domanda in </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:t>Uniweb</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> esclusivamente in formato PDF</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-[...1 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AF">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00000000" w:rsidRDefault="007169E7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00000000" w:rsidRDefault="007169E7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="1">
+    <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rStyle w:val="FootnoteReference"/>
+      <w:r>
+        <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> I link eccessivamente lunghi possono essere abbreviati con gli appositi strumenti</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AD">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00D503F4" w:rsidRDefault="007169E7">
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="right" w:leader="none" w:pos="10204"/>
+        <w:tab w:val="right" w:pos="10204"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-        <w:color w:val="c00000"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:color w:val="C00000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-        <w:color w:val="c00000"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:color w:val="C00000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:rtl w:val="0"/>
       </w:rPr>
-      <w:t xml:space="preserve">Bando Erasmus+ Studio e Bando Semp-Svizzera 2025/2026   </w:t>
+      <w:t xml:space="preserve">Bando Erasmus+ Studio e Bando </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:color w:val="C00000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Semp</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:color w:val="C00000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>-Svizzera 2026/2027</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:color w:val="C00000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">   </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:color w:val="C00000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
       <w:tab/>
-      <w:t xml:space="preserve">Proposta attività da fare all’estero</w:t>
+      <w:t>Proposta at</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:color w:val="C00000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>tività da fare all’estero</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
+  <w:hyphenationZone w:val="283"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00D503F4"/>
+    <w:rsid w:val="007169E7"/>
+    <w:rsid w:val="00D503F4"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="0BD74C58"/>
+  <w15:docId w15:val="{F139191B-FD17-45D8-B626-A35B7C36DBBF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="it-IT"/>
+        <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
-    <w:name w:val="normal"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A90672"/>
+    <w:rPr>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
-[...2 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Titolo1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...2 lines deleted...]
-      <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="120"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Titolo2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...2 lines deleted...]
-      <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Titolo3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...2 lines deleted...]
-      <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="280" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="Titolo4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...2 lines deleted...]
-      <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
+  <w:style w:type="paragraph" w:styleId="Titolo5">
     <w:name w:val="heading 5"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...2 lines deleted...]
-      <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="220" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
-[...1 lines deleted...]
-      <w:szCs w:val="22"/>
+      <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading6">
+  <w:style w:type="paragraph" w:styleId="Titolo6">
     <w:name w:val="heading 6"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...2 lines deleted...]
-      <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="40"/>
+      <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="character" w:default="1" w:styleId="Carpredefinitoparagrafo">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...2 lines deleted...]
-      <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
-  </w:style>
-[...38 lines deleted...]
-    <w:unhideWhenUsed w:val="1"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Intestazione">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normale"/>
     <w:link w:val="IntestazioneCarattere"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="001829B8"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="x-none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="IntestazioneCarattere" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntestazioneCarattere">
     <w:name w:val="Intestazione Carattere"/>
     <w:link w:val="Intestazione"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001829B8"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pidipagina">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normale"/>
     <w:link w:val="PidipaginaCarattere"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="001829B8"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="x-none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PidipaginaCarattere" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="PidipaginaCarattere">
     <w:name w:val="Piè di pagina Carattere"/>
     <w:link w:val="Pidipagina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001829B8"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Rimandocommento">
     <w:name w:val="annotation reference"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="001829B8"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Testocommento">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normale"/>
     <w:link w:val="TestocommentoCarattere"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="001829B8"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TestocommentoCarattere" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TestocommentoCarattere">
     <w:name w:val="Testo commento Carattere"/>
     <w:link w:val="Testocommento"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001829B8"/>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Soggettocommento">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Testocommento"/>
     <w:next w:val="Testocommento"/>
     <w:link w:val="SoggettocommentoCarattere"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="001829B8"/>
     <w:rPr>
-      <w:b w:val="1"/>
-      <w:bCs w:val="1"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SoggettocommentoCarattere" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SoggettocommentoCarattere">
     <w:name w:val="Soggetto commento Carattere"/>
     <w:link w:val="Soggettocommento"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
+    <w:semiHidden/>
     <w:rsid w:val="001829B8"/>
     <w:rPr>
-      <w:b w:val="1"/>
-      <w:bCs w:val="1"/>
+      <w:b/>
+      <w:bCs/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Testofumetto">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normale"/>
     <w:link w:val="TestofumettoCarattere"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="001829B8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="x-none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TestofumettoCarattere" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TestofumettoCarattere">
     <w:name w:val="Testo fumetto Carattere"/>
     <w:link w:val="Testofumetto"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
+    <w:semiHidden/>
     <w:rsid w:val="001829B8"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalParagraphStyle" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NormalParagraphStyle">
     <w:name w:val="NormalParagraphStyle"/>
     <w:basedOn w:val="Normale"/>
     <w:rsid w:val="00993DCF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times-Roman" w:eastAsia="Times New Roman" w:hAnsi="Times-Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Collegamentoipertestuale">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="00741A8E"/>
     <w:rPr>
-      <w:color w:val="0000ff"/>
+      <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Testonotadichiusura">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normale"/>
     <w:link w:val="TestonotadichiusuraCarattere"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="00504B2F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TestonotadichiusuraCarattere" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TestonotadichiusuraCarattere">
     <w:name w:val="Testo nota di chiusura Carattere"/>
     <w:link w:val="Testonotadichiusura"/>
-    <w:semiHidden w:val="1"/>
+    <w:semiHidden/>
     <w:rsid w:val="00504B2F"/>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Rimandonotadichiusura">
     <w:name w:val="endnote reference"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="00504B2F"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Grigliatabella">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tabellanormale"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00504B2F"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:color="auto" w:space="0" w:sz="4" w:val="single"/>
-[...4 lines deleted...]
-        <w:insideV w:color="auto" w:space="0" w:sz="4" w:val="single"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Subtitle">
+  <w:style w:type="paragraph" w:styleId="Sottotitolo">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Normale"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...2 lines deleted...]
-      <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
-      <w:i w:val="1"/>
+      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+      <w:i/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="a">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="115.0" w:type="dxa"/>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="115" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table2">
+  <w:style w:type="table" w:customStyle="1" w:styleId="a0">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="115.0" w:type="dxa"/>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="115" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table3">
+  <w:style w:type="table" w:customStyle="1" w:styleId="a1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="115.0" w:type="dxa"/>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="115" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.unipd.it/mobility-agreements" TargetMode="External"/></Relationships>
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se"/>
 </file>
 
-<file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Tahoma-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Tahoma-bold.ttf"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.unipd.it/mobility-agreements" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5657,58 +5666,82 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXML/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXML/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7miiJmpZ5HjEVge85vG5+/MdSV5QHg==">CgMxLjAyCGguZ2pkZ3hzMghoLmdqZGd4czIOaC5pMWRybWFoZmJ4NTc4AGonChRzdWdnZXN0LjRndm8wYWpjOW45YRIPU2FyYSBQZWxsZWdyaW5paicKFHN1Z2dlc3QuMjY3cWRtYW42Ymh6Eg9TYXJhIFBlbGxlZ3JpbmlqJwoUc3VnZ2VzdC5iMHpvY21yY2luMmUSD1NhcmEgUGVsbGVncmluaXIhMXhSMWJfMG1oU2p0ZExfOWlsdUZwYlBMNl9zYTJOSjNE</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
-<file path=customXML/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>4</Pages>
+  <Words>1157</Words>
+  <Characters>6597</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>54</Lines>
+  <Paragraphs>15</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company>Università degli Studi di Padova</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>7739</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
+</file>
+
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>pampale97429</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dc:creator>pampale97429</dc:creator>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B29BFCC536DB9C47B258B2A93636C0CB</vt:lpwstr>
   </property>
 </Properties>
 </file>