--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -176,67 +176,51 @@
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008F3491" w:rsidRPr="008F3491" w:rsidRDefault="008F3491" w:rsidP="008F3491">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
-        <w:t>A</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> 1:</w:t>
+        <w:t>ATTACHMENT 1:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008F3491" w:rsidRDefault="00516232" w:rsidP="007C201C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00516232">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
@@ -598,67 +582,51 @@
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008F3491" w:rsidRPr="008F3491" w:rsidRDefault="008F3491" w:rsidP="008F3491">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
-        <w:t>ATTACHMENT 1</w:t>
-[...15 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>ATTACHMENT 1a:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C6692B" w:rsidRPr="008D44E8" w:rsidRDefault="008D44E8" w:rsidP="007C201C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D44E8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
@@ -1670,79 +1638,79 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>academic year</w:t>
       </w:r>
       <w:r w:rsidR="00243036" w:rsidRPr="00493C1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BE2CF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00A7459A">
+      <w:r w:rsidR="00AF61F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00BE2CF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
-      <w:r w:rsidR="00A7459A">
+      <w:r w:rsidR="00AF61F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00493C1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00493C1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">mobility period </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00493C1D" w:rsidRPr="00493C1D" w:rsidRDefault="00493C1D" w:rsidP="00741A8E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
@@ -2007,76 +1975,76 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Y</w:t>
       </w:r>
       <w:r w:rsidRPr="000653B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="007A7403" w:rsidRPr="000653B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00A7459A">
+      <w:r w:rsidR="00AF61F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB" w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="007A7403" w:rsidRPr="000653B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
-      <w:r w:rsidR="00A7459A">
+      <w:r w:rsidR="00AF61F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB" w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="000653B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D51926" w:rsidRPr="000653B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>will be enrolled in</w:t>
       </w:r>
       <w:r w:rsidRPr="000653B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-GB" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>:</w:t>
@@ -6113,73 +6081,73 @@
         <w:t xml:space="preserve"> international m</w:t>
       </w:r>
       <w:r w:rsidR="00A11B39" w:rsidRPr="00A11B39">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">obility </w:t>
       </w:r>
       <w:r w:rsidR="00A11B39" w:rsidRPr="00A11B39">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidR="00A63140">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00A7459A">
+      <w:r w:rsidR="00AF61F5">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00CE03AD">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
-      <w:r w:rsidR="00A7459A">
+      <w:r w:rsidR="00AF61F5">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00A11B39" w:rsidRPr="00A11B39">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> academic year</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00125A9E" w:rsidRPr="00A11B39" w:rsidRDefault="00A11B39" w:rsidP="00125A9E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="282"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
@@ -7134,84 +7102,84 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>for applications</w:t>
       </w:r>
       <w:r w:rsidRPr="00951B58">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> for the Erasmus+ for studies / SEMP International</w:t>
       </w:r>
       <w:r w:rsidR="008F7BD9">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> outgoing mobility</w:t>
       </w:r>
       <w:r w:rsidR="00A63140">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> for 202</w:t>
       </w:r>
-      <w:r w:rsidR="007D6C99">
+      <w:r w:rsidR="00AF61F5">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00FC6DF0">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="003A4D18">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00FC6DF0">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="007D6C99">
+      <w:r w:rsidR="00AF61F5">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00951B58">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> academic year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008F7BD9" w:rsidRDefault="006D749A" w:rsidP="008F7BD9">
       <w:pPr>
         <w:pStyle w:val="Pidipagina"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -7492,123 +7460,123 @@
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00D628D3" w:rsidRDefault="00D628D3" w:rsidP="001829B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times-Roman">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="03000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00C56D06" w:rsidRPr="00F00B42" w:rsidRDefault="00F00B42" w:rsidP="00C56D06">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:i/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F00B42">
       <w:rPr>
         <w:i/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">This document must be attached to the </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00F00B42">
       <w:rPr>
@@ -7679,85 +7647,85 @@
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="C00000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="C00000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="00DB00FE">
+    <w:r w:rsidR="00AF61F5">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="C00000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="C00000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="00DB00FE">
+    <w:r w:rsidR="00AF61F5">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="C00000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>6</w:t>
+      <w:t>7</w:t>
     </w:r>
     <w:r w:rsidR="006A60A9" w:rsidRPr="006A60A9">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="C00000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> Erasmus+ for studies and S</w:t>
     </w:r>
     <w:r w:rsidR="00A63140">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="C00000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>EMP</w:t>
     </w:r>
@@ -8125,51 +8093,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003131C9"/>
     <w:rsid w:val="000030B3"/>
     <w:rsid w:val="0005374B"/>
     <w:rsid w:val="00057F15"/>
     <w:rsid w:val="0006500D"/>
     <w:rsid w:val="000653B2"/>
     <w:rsid w:val="00074E17"/>
     <w:rsid w:val="00075FB4"/>
@@ -8312,50 +8280,51 @@
     <w:rsid w:val="009C1AEC"/>
     <w:rsid w:val="009C5FBF"/>
     <w:rsid w:val="009D1EDC"/>
     <w:rsid w:val="009F5883"/>
     <w:rsid w:val="009F61C3"/>
     <w:rsid w:val="00A0121B"/>
     <w:rsid w:val="00A11B39"/>
     <w:rsid w:val="00A132A2"/>
     <w:rsid w:val="00A14789"/>
     <w:rsid w:val="00A21BF5"/>
     <w:rsid w:val="00A34DA4"/>
     <w:rsid w:val="00A50BAC"/>
     <w:rsid w:val="00A55D05"/>
     <w:rsid w:val="00A61287"/>
     <w:rsid w:val="00A63140"/>
     <w:rsid w:val="00A7459A"/>
     <w:rsid w:val="00A86459"/>
     <w:rsid w:val="00A90672"/>
     <w:rsid w:val="00AB01F4"/>
     <w:rsid w:val="00AC21CC"/>
     <w:rsid w:val="00AC5B91"/>
     <w:rsid w:val="00AC6787"/>
     <w:rsid w:val="00AE4507"/>
     <w:rsid w:val="00AF09FF"/>
     <w:rsid w:val="00AF3DD4"/>
+    <w:rsid w:val="00AF61F5"/>
     <w:rsid w:val="00B014B6"/>
     <w:rsid w:val="00B06C26"/>
     <w:rsid w:val="00B223F6"/>
     <w:rsid w:val="00B22FEA"/>
     <w:rsid w:val="00B27977"/>
     <w:rsid w:val="00B32BDA"/>
     <w:rsid w:val="00B51A7C"/>
     <w:rsid w:val="00B6072A"/>
     <w:rsid w:val="00B6093F"/>
     <w:rsid w:val="00B93963"/>
     <w:rsid w:val="00B97126"/>
     <w:rsid w:val="00BA18CA"/>
     <w:rsid w:val="00BA37BD"/>
     <w:rsid w:val="00BD4053"/>
     <w:rsid w:val="00BE17CD"/>
     <w:rsid w:val="00BE2CF4"/>
     <w:rsid w:val="00BF06F3"/>
     <w:rsid w:val="00BF4C0D"/>
     <w:rsid w:val="00C40689"/>
     <w:rsid w:val="00C50C17"/>
     <w:rsid w:val="00C53D08"/>
     <w:rsid w:val="00C56BB9"/>
     <w:rsid w:val="00C56D06"/>
     <w:rsid w:val="00C634ED"/>
     <w:rsid w:val="00C63C2D"/>
@@ -8412,58 +8381,58 @@
     <w:rsid w:val="00F87378"/>
     <w:rsid w:val="00F93F88"/>
     <w:rsid w:val="00F971B5"/>
     <w:rsid w:val="00F97B31"/>
     <w:rsid w:val="00FC6DF0"/>
     <w:rsid w:val="00FD0366"/>
     <w:rsid w:val="00FF06E2"/>
     <w:rsid w:val="00FF7B59"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="344BE93C"/>
+  <w14:docId w14:val="30F63D1F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{EDCA8F27-7BD4-4F97-A40C-E701E3D93EA1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -9343,59 +9312,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100B29BFCC536DB9C47B258B2A93636C0CB" ma:contentTypeVersion="12" ma:contentTypeDescription="Creare un nuovo documento." ma:contentTypeScope="" ma:versionID="8831400b71621cdb372892ac62842b7a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="e2fd8af7-0e57-48b6-8e0e-08b17688cb90" xmlns:ns4="38062220-b88a-46c5-b119-cd6c6ee0da3e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="86c84d610a61497ed378c8fe17dccc77" ns3:_="" ns4:_="">
     <xsd:import namespace="e2fd8af7-0e57-48b6-8e0e-08b17688cb90"/>
     <xsd:import namespace="38062220-b88a-46c5-b119-cd6c6ee0da3e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -9568,98 +9528,107 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C4E3B633-3E1E-4C0B-8425-781C70D9752D}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4DC11248-2032-4125-AF94-D2C3188454CE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e2fd8af7-0e57-48b6-8e0e-08b17688cb90"/>
     <ds:schemaRef ds:uri="38062220-b88a-46c5-b119-cd6c6ee0da3e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C4E3B633-3E1E-4C0B-8425-781C70D9752D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19063A79-CC01-4053-AF79-C7B0DD76664A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E4D524E-69DE-45CC-A601-348325BA02F5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12764258-7A89-4319-B301-73E0E258239F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>964</Words>
   <Characters>5498</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>45</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>